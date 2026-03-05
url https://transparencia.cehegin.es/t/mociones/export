--- v0 (2025-11-30)
+++ v1 (2026-03-05)
@@ -12,145 +12,175 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="364">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>titulo</t>
   </si>
   <si>
     <t>fases_aprobadas</t>
   </si>
   <si>
     <t>estado_mocion</t>
   </si>
   <si>
     <t>consignacion</t>
   </si>
   <si>
     <t>fecha_prevista</t>
   </si>
   <si>
     <t>incidencias</t>
   </si>
   <si>
     <t>seguimiento</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
     <t>documento_pdf_id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>sesion</t>
   </si>
   <si>
     <t>documento_adjunto</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
     <t>grupo_politico</t>
   </si>
   <si>
+    <t>Actuaciones en Relación con el Almencen de CO2 en la Comarca del Noroeste</t>
+  </si>
+  <si>
+    <t>APROBADA</t>
+  </si>
+  <si>
+    <t>https://transparencia.cehegin.es/storage/uploads/1770640608cert36057624737209293.pdf</t>
+  </si>
+  <si>
+    <t>30-01-2026</t>
+  </si>
+  <si>
+    <t>Grupo Municipal Socialista</t>
+  </si>
+  <si>
+    <t>Rechazo absoluto del Ayuntamiento a la instalación de un depósito de dióxido de carbono en el Noroeste Murciano</t>
+  </si>
+  <si>
+    <t>https://transparencia.cehegin.es/storage/uploads/1770640695cert6941202269507246.pdf</t>
+  </si>
+  <si>
+    <t>Grupo Municipal del Partido Popular</t>
+  </si>
+  <si>
+    <t>Reparación y Limpieza Calle Cubo y calle poniente de Cehegín</t>
+  </si>
+  <si>
+    <t>https://transparencia.cehegin.es/storage/uploads/1770640792cert19776946144333074.pdf</t>
+  </si>
+  <si>
+    <t>Grupo Municipal de X Cehegín</t>
+  </si>
+  <si>
+    <t>Exigencia al Gobierno de España adopción de medidas para paliar daños ocasionados por lluvias en marzo de 2025</t>
+  </si>
+  <si>
+    <t>https://transparencia.cehegin.es/storage/uploads/1770640814cert9982085138832618.pdf</t>
+  </si>
+  <si>
     <t>Prevención del tráfico pesado en el casco antiguo para la protección del Mismo</t>
   </si>
   <si>
-    <t>APROBADA</t>
-[...1 lines deleted...]
-  <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1756126625cert5496772298216487.pdf</t>
   </si>
   <si>
     <t>04-08-2025</t>
   </si>
   <si>
-    <t>Grupo Municipal Socialista</t>
-[...1 lines deleted...]
-  <si>
     <t>Estudio de los errores que han provocado la demanda de croqueta y diva y medidas para evitar que se repitan en el futuro</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1756126724cert5873755135859083.pdf</t>
   </si>
   <si>
     <t>Gestiona Cehegín</t>
   </si>
   <si>
     <t>Rechazo del Ayuntamiento de Cehegín a la marca e imagen turística comarcal Las Tierras de la Vera Cruz y se insta a la revisión de la misma</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1734009772cert9327418132899934.pdf</t>
   </si>
   <si>
     <t>12-12-2024</t>
   </si>
   <si>
     <t>Creación de un programa de atracción de Trabajadores digitales</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1734010100cert9632852055674036.pdf</t>
   </si>
   <si>
     <t>Iluminación Calle Chopin y Adecuación recinto ferial</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1734010153cert39587712111541795.pdf</t>
   </si>
   <si>
-    <t>Grupo Municipal de X Cehegín</t>
-[...1 lines deleted...]
-  <si>
     <t>Habilitación de un espacio para la instalación de una cantina en el Parque Ginés Ibáñez</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1719405874Mocion_GMS_cantina_parque_19360_40385_1.pdf</t>
   </si>
   <si>
     <t>25-04-2024</t>
   </si>
   <si>
     <t>Actuaciones necesarias en las carreteras hacia pedanías y alumbrado público</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1719406043MOCION_CARRASQUILLA_37621_39913_1.pdf</t>
   </si>
   <si>
     <t>16-04-2024</t>
   </si>
   <si>
     <t>Construcción de rotonda que hay proyectada en el PGOU para el acceso y salida de la autovía del Noroeste</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1713772239cert5924461433021174.pdf</t>
   </si>
   <si>
     <t>05-04-2024</t>
@@ -225,53 +255,50 @@
     <t>Actuaciones urgentes a realizar en la cubierta de la Iglesia del Santo Cristo, ante el avanzado estado de deterioro de la misma</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1702545854MOCION_A_PLENO_IGLESIA_SANTO_CRISTO_75603_32042_1.pdf</t>
   </si>
   <si>
     <t>22-11-2023</t>
   </si>
   <si>
     <t>Creación de una normativa municipal que regule el uso de las redes sociales del ayuntamiento de Cehegín</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1702545971MOCION_CREACION_DE_UNA_NORMATIVA_MUNICIPAL_QUE_REGULE_EL_USO_DE_LAS_REDES_SOCIALES_DEL_AYUNTAMIENTO__58659_29485_1.pdf</t>
   </si>
   <si>
     <t>Retrasmisión en abierto de los plenos municipales</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1702546021MOCION_GESTIONA_CEHEGIN_RETRANSMISION_EN_ABIERTO_DE_LOS_PLENOS_MUNICIPALES_64065_31933_1.pdf</t>
   </si>
   <si>
     <t>Celebración de un proceso democrático de participación ciudadana para la elección de las pedáneas y pedáneos por parte de las vecinas y vecinos de nuestras pedanías</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1702546066Mocion_GMS_eleccion_Pedaneasos_00301_32557_1.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Grupo Municipal del Partido Popular</t>
   </si>
   <si>
     <t>Fomento de actuaciones que permitan un uso racional y sostenible del cauce del río Argos a su paso por Cehegín</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1702546109Mocion_GMS_Fomento_actuaciones_en_Rio_Argos_40542_29093_1.pdf</t>
   </si>
   <si>
     <t>Creación de una mesa de diálogo para la reforma del actual reglamento orgánico municipal</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1702546124Mocion_GMS_Mesa_Dialogo_ROM_20658_29094_1.pdf</t>
   </si>
   <si>
     <t>Instar al Consejo de Gobierno de la CARM a la elaboración de una Ley Regional de Financiación Local</t>
   </si>
   <si>
     <t>https://transparencia.cehegin.es/storage/uploads/1701173528Mocion_GMS_Ley_Financiacion_Local_42693_33281_1.pdf</t>
   </si>
   <si>
     <t>08-11-2023</t>
   </si>
   <si>
     <t>[{"nombre":"Enmienda Partido Popular","enlace":"https:\/\/transparencia.cehegin.es\/storage\/uploads\/1701173457ENMIENDA_PARTIDO%20POPULAR%20A%20MOCION%20PSOE%20LEY%20FINANCIACION%20LOCAL.pdf"}]</t>
   </si>
@@ -1455,51 +1482,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z125"/>
+  <dimension ref="A1:Z129"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="254" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="154" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="231" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="229" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
@@ -1540,2571 +1567,2663 @@
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>963</v>
+        <v>976</v>
       </c>
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>16</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
       <c r="K2" t="s">
         <v>18</v>
       </c>
       <c r="N2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="O2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>964</v>
+        <v>977</v>
       </c>
       <c r="B3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="J3" t="s">
         <v>21</v>
       </c>
       <c r="K3" t="s">
         <v>18</v>
       </c>
       <c r="N3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>784</v>
+        <v>978</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>16</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
+        <v>18</v>
+      </c>
+      <c r="N4">
+        <v>2026</v>
+      </c>
+      <c r="O4" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>785</v>
+        <v>979</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="N5">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>786</v>
+        <v>963</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
       <c r="J6" t="s">
         <v>29</v>
       </c>
       <c r="K6" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="N6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="O6" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>782</v>
+        <v>964</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
+      <c r="D7" t="s">
+        <v>16</v>
+      </c>
       <c r="J7" t="s">
         <v>32</v>
       </c>
       <c r="K7" t="s">
+        <v>30</v>
+      </c>
+      <c r="N7">
+        <v>2025</v>
+      </c>
+      <c r="O7" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
+      <c r="D8" t="s">
+        <v>16</v>
+      </c>
       <c r="J8" t="s">
         <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>36</v>
       </c>
       <c r="N8">
         <v>2024</v>
       </c>
       <c r="O8" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>772</v>
+        <v>785</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
+      <c r="D9" t="s">
+        <v>16</v>
+      </c>
       <c r="J9" t="s">
         <v>38</v>
       </c>
       <c r="K9" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="N9">
         <v>2024</v>
       </c>
       <c r="O9" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>773</v>
+        <v>786</v>
       </c>
       <c r="B10" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" t="s">
+        <v>16</v>
+      </c>
+      <c r="J10" t="s">
         <v>40</v>
       </c>
-      <c r="J10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K10" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="N10">
         <v>2024</v>
       </c>
       <c r="O10" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="B11" t="s">
+        <v>41</v>
+      </c>
+      <c r="J11" t="s">
         <v>42</v>
       </c>
-      <c r="J11" t="s">
+      <c r="K11" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="N11">
         <v>2024</v>
       </c>
       <c r="O11" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>769</v>
+        <v>783</v>
       </c>
       <c r="B12" t="s">
         <v>44</v>
       </c>
       <c r="J12" t="s">
         <v>45</v>
       </c>
       <c r="K12" t="s">
         <v>46</v>
       </c>
       <c r="N12">
         <v>2024</v>
       </c>
       <c r="O12" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="B13" t="s">
         <v>47</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
         <v>48</v>
       </c>
       <c r="K13" t="s">
         <v>49</v>
       </c>
       <c r="N13">
         <v>2024</v>
       </c>
       <c r="O13" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B14" t="s">
         <v>50</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
         <v>51</v>
       </c>
       <c r="K14" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="N14">
         <v>2024</v>
       </c>
       <c r="O14" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>768</v>
+        <v>774</v>
       </c>
       <c r="B15" t="s">
+        <v>52</v>
+      </c>
+      <c r="J15" t="s">
         <v>53</v>
       </c>
-      <c r="J15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K15" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="N15">
         <v>2024</v>
       </c>
       <c r="O15" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="B16" t="s">
+        <v>54</v>
+      </c>
+      <c r="J16" t="s">
+        <v>55</v>
+      </c>
+      <c r="K16" t="s">
         <v>56</v>
       </c>
-      <c r="J16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N16">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="O16" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="B17" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" t="s">
+        <v>16</v>
+      </c>
+      <c r="J17" t="s">
+        <v>58</v>
+      </c>
+      <c r="K17" t="s">
         <v>59</v>
       </c>
-      <c r="J17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N17">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="O17" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>712</v>
+        <v>775</v>
       </c>
       <c r="B18" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D18" t="s">
         <v>16</v>
       </c>
       <c r="J18" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="K18" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="N18">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="O18" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>713</v>
+        <v>768</v>
       </c>
       <c r="B19" t="s">
+        <v>63</v>
+      </c>
+      <c r="J19" t="s">
+        <v>64</v>
+      </c>
+      <c r="K19" t="s">
         <v>65</v>
       </c>
-      <c r="D19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N19">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="O19" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>714</v>
+        <v>770</v>
       </c>
       <c r="B20" t="s">
+        <v>66</v>
+      </c>
+      <c r="J20" t="s">
         <v>67</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="J20" t="s">
+      <c r="K20" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="N20">
         <v>2023</v>
       </c>
       <c r="O20" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>715</v>
+        <v>771</v>
       </c>
       <c r="B21" t="s">
         <v>69</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" t="s">
         <v>70</v>
       </c>
       <c r="K21" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N21">
         <v>2023</v>
       </c>
       <c r="O21" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="B22" t="s">
         <v>72</v>
       </c>
       <c r="D22" t="s">
         <v>16</v>
       </c>
       <c r="J22" t="s">
         <v>73</v>
       </c>
       <c r="K22" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="N22">
         <v>2023</v>
       </c>
       <c r="O22" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="B23" t="s">
+        <v>75</v>
+      </c>
+      <c r="D23" t="s">
+        <v>16</v>
+      </c>
+      <c r="J23" t="s">
+        <v>76</v>
+      </c>
+      <c r="K23" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="N23">
         <v>2023</v>
       </c>
       <c r="O23" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="B24" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D24" t="s">
         <v>16</v>
       </c>
       <c r="J24" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K24" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="N24">
         <v>2023</v>
       </c>
       <c r="O24" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="B25" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D25" t="s">
         <v>16</v>
       </c>
       <c r="J25" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="K25" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="N25">
         <v>2023</v>
       </c>
       <c r="O25" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>707</v>
+        <v>716</v>
       </c>
       <c r="B26" t="s">
-        <v>83</v>
+        <v>81</v>
+      </c>
+      <c r="D26" t="s">
+        <v>16</v>
       </c>
       <c r="J26" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="K26" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="N26">
         <v>2023</v>
       </c>
       <c r="O26" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="B27" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>83</v>
       </c>
       <c r="J27" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="K27" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="N27">
         <v>2023</v>
       </c>
       <c r="O27" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="B28" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="D28" t="s">
         <v>16</v>
       </c>
       <c r="J28" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="K28" t="s">
-        <v>90</v>
+        <v>87</v>
+      </c>
+      <c r="M28" t="s">
+        <v>88</v>
       </c>
       <c r="N28">
         <v>2023</v>
       </c>
       <c r="O28" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B29" t="s">
+        <v>89</v>
+      </c>
+      <c r="D29" t="s">
+        <v>16</v>
+      </c>
+      <c r="J29" t="s">
+        <v>90</v>
+      </c>
+      <c r="K29" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
       <c r="N29">
         <v>2023</v>
       </c>
       <c r="O29" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="B30" t="s">
+        <v>92</v>
+      </c>
+      <c r="J30" t="s">
+        <v>93</v>
+      </c>
+      <c r="K30" t="s">
         <v>94</v>
       </c>
-      <c r="J30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N30">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="O30" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="B31" t="s">
-        <v>97</v>
+        <v>95</v>
+      </c>
+      <c r="D31" t="s">
+        <v>16</v>
       </c>
       <c r="J31" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="K31" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="N31">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="O31" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>501</v>
+        <v>711</v>
       </c>
       <c r="B32" t="s">
-        <v>100</v>
+        <v>97</v>
+      </c>
+      <c r="D32" t="s">
+        <v>16</v>
       </c>
       <c r="J32" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="K32" t="s">
         <v>99</v>
       </c>
       <c r="N32">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="O32" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="B33" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="J33" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="K33" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="N33">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="O33" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>503</v>
+        <v>704</v>
       </c>
       <c r="B34" t="s">
-        <v>106</v>
+        <v>103</v>
+      </c>
+      <c r="J34" t="s">
+        <v>104</v>
       </c>
       <c r="K34" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="N34">
         <v>2022</v>
       </c>
       <c r="O34" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>502</v>
+        <v>705</v>
       </c>
       <c r="B35" t="s">
+        <v>106</v>
+      </c>
+      <c r="J35" t="s">
+        <v>107</v>
+      </c>
+      <c r="K35" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
       <c r="N35">
         <v>2022</v>
       </c>
       <c r="O35" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>485</v>
+        <v>501</v>
       </c>
       <c r="B36" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="J36" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="K36" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="N36">
         <v>2022</v>
       </c>
       <c r="O36" t="s">
-        <v>19</v>
+        <v>111</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>225</v>
+        <v>703</v>
       </c>
       <c r="B37" t="s">
+        <v>112</v>
+      </c>
+      <c r="J37" t="s">
+        <v>113</v>
+      </c>
+      <c r="K37" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
       <c r="N37">
         <v>2022</v>
       </c>
       <c r="O37" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>483</v>
+        <v>503</v>
       </c>
       <c r="B38" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="K38" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="N38">
         <v>2022</v>
       </c>
       <c r="O38" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>224</v>
+        <v>502</v>
       </c>
       <c r="B39" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="J39" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="K39" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="N39">
         <v>2022</v>
       </c>
       <c r="O39" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>223</v>
+        <v>485</v>
       </c>
       <c r="B40" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="J40" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="K40" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="N40">
         <v>2022</v>
       </c>
       <c r="O40" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="B41" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>123</v>
+      </c>
+      <c r="I41" t="s">
+        <v>124</v>
       </c>
       <c r="K41" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="N41">
         <v>2022</v>
       </c>
       <c r="O41" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>79</v>
+        <v>483</v>
       </c>
       <c r="B42" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="J42" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="K42" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="N42">
         <v>2022</v>
       </c>
       <c r="O42" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>80</v>
+        <v>224</v>
       </c>
       <c r="B43" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="J43" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="K43" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="N43">
         <v>2022</v>
       </c>
       <c r="O43" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>77</v>
+        <v>223</v>
       </c>
       <c r="B44" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="J44" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="K44" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="N44">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="O44" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="B45" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="J45" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="K45" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="N45">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="O45" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B46" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="J46" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="K46" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="N46">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="O46" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="B47" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="J47" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="K47" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="N47">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="O47" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>97</v>
+        <v>77</v>
       </c>
       <c r="B48" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="J48" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="K48" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="N48">
         <v>2021</v>
       </c>
       <c r="O48" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B49" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="J49" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="K49" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="N49">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="O49" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="B50" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="J50" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="K50" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="N50">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="O50" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B51" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="J51" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="K51" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="N51">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="O51" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>50</v>
+        <v>97</v>
       </c>
       <c r="B52" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>156</v>
+      </c>
+      <c r="J52" t="s">
+        <v>157</v>
       </c>
       <c r="K52" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="N52">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="O52" t="s">
-        <v>102</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="B53" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="J53" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="K53" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="N53">
         <v>2020</v>
       </c>
       <c r="O53" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>95</v>
+        <v>51</v>
       </c>
       <c r="B54" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="J54" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="K54" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="N54">
         <v>2020</v>
       </c>
       <c r="O54" t="s">
-        <v>19</v>
+        <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>13</v>
+        <v>94</v>
       </c>
       <c r="B55" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="J55" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="K55" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="N55">
         <v>2020</v>
       </c>
       <c r="O55" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="B56" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>168</v>
+      </c>
+      <c r="I56" t="s">
+        <v>169</v>
       </c>
       <c r="K56" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="N56">
         <v>2020</v>
       </c>
       <c r="O56" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="B57" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="J57" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="K57" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="N57">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="O57" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B58" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="J58" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="K58" t="s">
         <v>176</v>
       </c>
       <c r="N58">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="O58" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="B59" t="s">
+        <v>177</v>
+      </c>
+      <c r="J59" t="s">
+        <v>178</v>
+      </c>
+      <c r="K59" t="s">
         <v>179</v>
       </c>
-      <c r="J59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N59">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="O59" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="B60" t="s">
+        <v>180</v>
+      </c>
+      <c r="J60" t="s">
+        <v>181</v>
+      </c>
+      <c r="K60" t="s">
         <v>182</v>
       </c>
-      <c r="K60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N60">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="O60" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B61" t="s">
         <v>183</v>
       </c>
       <c r="J61" t="s">
         <v>184</v>
       </c>
       <c r="K61" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="N61">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="O61" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>73</v>
+        <v>93</v>
       </c>
       <c r="B62" t="s">
+        <v>186</v>
+      </c>
+      <c r="J62" t="s">
+        <v>187</v>
+      </c>
+      <c r="K62" t="s">
         <v>185</v>
       </c>
-      <c r="J62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N62">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="O62" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>74</v>
+        <v>45</v>
       </c>
       <c r="B63" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J63" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="K63" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="N63">
         <v>2018</v>
       </c>
       <c r="O63" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>90</v>
+        <v>46</v>
       </c>
       <c r="B64" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="J64" t="s">
+        <v>191</v>
+      </c>
+      <c r="K64" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="N64">
         <v>2018</v>
       </c>
       <c r="O64" t="s">
-        <v>19</v>
+        <v>111</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>91</v>
+        <v>47</v>
       </c>
       <c r="B65" t="s">
         <v>192</v>
       </c>
       <c r="J65" t="s">
         <v>193</v>
       </c>
       <c r="K65" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="N65">
         <v>2018</v>
       </c>
       <c r="O65" t="s">
-        <v>19</v>
+        <v>111</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B66" t="s">
         <v>194</v>
       </c>
       <c r="J66" t="s">
         <v>195</v>
       </c>
       <c r="K66" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="N66">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="O66" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="B67" t="s">
+        <v>196</v>
+      </c>
+      <c r="J67" t="s">
         <v>197</v>
       </c>
-      <c r="J67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K67" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="N67">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="O67" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>42</v>
+        <v>90</v>
       </c>
       <c r="B68" t="s">
+        <v>198</v>
+      </c>
+      <c r="J68" t="s">
+        <v>199</v>
+      </c>
+      <c r="K68" t="s">
         <v>200</v>
       </c>
-      <c r="J68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N68">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="O68" t="s">
-        <v>102</v>
+        <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>43</v>
+        <v>91</v>
       </c>
       <c r="B69" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="J69" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="K69" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="N69">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="O69" t="s">
-        <v>102</v>
+        <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="B70" t="s">
+        <v>203</v>
+      </c>
+      <c r="J70" t="s">
+        <v>204</v>
+      </c>
+      <c r="K70" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
       <c r="N70">
         <v>2017</v>
       </c>
       <c r="O70" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>41</v>
+        <v>89</v>
       </c>
       <c r="B71" t="s">
+        <v>206</v>
+      </c>
+      <c r="J71" t="s">
         <v>207</v>
       </c>
-      <c r="J71" t="s">
+      <c r="K71" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="N71">
         <v>2017</v>
       </c>
       <c r="O71" t="s">
-        <v>102</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="B72" t="s">
+        <v>209</v>
+      </c>
+      <c r="J72" t="s">
         <v>210</v>
       </c>
-      <c r="J72" t="s">
+      <c r="K72" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="N72">
         <v>2017</v>
       </c>
       <c r="O72" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B73" t="s">
+        <v>212</v>
+      </c>
+      <c r="J73" t="s">
         <v>213</v>
       </c>
-      <c r="J73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K73" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="N73">
         <v>2017</v>
       </c>
       <c r="O73" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B74" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="J74" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="K74" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="N74">
         <v>2017</v>
       </c>
       <c r="O74" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B75" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="J75" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="K75" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="N75">
         <v>2017</v>
       </c>
       <c r="O75" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B76" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="J76" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="K76" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="N76">
         <v>2017</v>
       </c>
       <c r="O76" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="B77" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="J77" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="K77" t="s">
         <v>224</v>
       </c>
       <c r="N77">
         <v>2017</v>
       </c>
       <c r="O77" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="B78" t="s">
+        <v>225</v>
+      </c>
+      <c r="J78" t="s">
+        <v>226</v>
+      </c>
+      <c r="K78" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
       <c r="N78">
         <v>2017</v>
       </c>
       <c r="O78" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B79" t="s">
+        <v>228</v>
+      </c>
+      <c r="J79" t="s">
+        <v>229</v>
+      </c>
+      <c r="K79" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
       <c r="N79">
         <v>2017</v>
       </c>
       <c r="O79" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B80" t="s">
+        <v>231</v>
+      </c>
+      <c r="J80" t="s">
+        <v>232</v>
+      </c>
+      <c r="K80" t="s">
         <v>233</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
       <c r="N80">
         <v>2017</v>
       </c>
       <c r="O80" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B81" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="J81" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="K81" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="N81">
         <v>2017</v>
       </c>
       <c r="O81" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B82" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="J82" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="K82" t="s">
         <v>238</v>
       </c>
       <c r="N82">
         <v>2017</v>
       </c>
       <c r="O82" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B83" t="s">
+        <v>239</v>
+      </c>
+      <c r="J83" t="s">
+        <v>240</v>
+      </c>
+      <c r="K83" t="s">
         <v>241</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
       <c r="N83">
         <v>2017</v>
       </c>
       <c r="O83" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="1">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="B84" t="s">
+        <v>242</v>
+      </c>
+      <c r="J84" t="s">
+        <v>243</v>
+      </c>
+      <c r="K84" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>246</v>
       </c>
       <c r="N84">
         <v>2017</v>
       </c>
       <c r="O84" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="1">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="B85" t="s">
+        <v>245</v>
+      </c>
+      <c r="J85" t="s">
+        <v>246</v>
+      </c>
+      <c r="K85" t="s">
         <v>247</v>
-      </c>
-[...4 lines deleted...]
-        <v>246</v>
       </c>
       <c r="N85">
         <v>2017</v>
       </c>
       <c r="O85" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="1">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B86" t="s">
+        <v>248</v>
+      </c>
+      <c r="J86" t="s">
         <v>249</v>
       </c>
-      <c r="J86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K86" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="N86">
         <v>2017</v>
       </c>
       <c r="O86" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="1">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="B87" t="s">
+        <v>250</v>
+      </c>
+      <c r="J87" t="s">
         <v>251</v>
       </c>
-      <c r="J87" t="s">
+      <c r="K87" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="N87">
         <v>2017</v>
       </c>
       <c r="O87" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="B88" t="s">
         <v>253</v>
       </c>
       <c r="J88" t="s">
         <v>254</v>
       </c>
       <c r="K88" t="s">
         <v>255</v>
       </c>
       <c r="N88">
         <v>2017</v>
       </c>
       <c r="O88" t="s">
-        <v>19</v>
+        <v>111</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="1">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="B89" t="s">
         <v>256</v>
       </c>
       <c r="J89" t="s">
         <v>257</v>
       </c>
       <c r="K89" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="N89">
         <v>2017</v>
       </c>
       <c r="O89" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="1">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="B90" t="s">
+        <v>258</v>
+      </c>
+      <c r="J90" t="s">
         <v>259</v>
       </c>
-      <c r="J90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K90" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="N90">
         <v>2017</v>
       </c>
       <c r="O90" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="1">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="B91" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="J91" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="K91" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="N91">
         <v>2017</v>
       </c>
       <c r="O91" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="1">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B92" t="s">
+        <v>262</v>
+      </c>
+      <c r="J92" t="s">
+        <v>263</v>
+      </c>
+      <c r="K92" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
       <c r="N92">
         <v>2017</v>
       </c>
       <c r="O92" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" s="1">
-        <v>87</v>
+        <v>62</v>
       </c>
       <c r="B93" t="s">
+        <v>265</v>
+      </c>
+      <c r="J93" t="s">
+        <v>266</v>
+      </c>
+      <c r="K93" t="s">
         <v>267</v>
       </c>
-      <c r="J93" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N93">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="O93" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B94" t="s">
+        <v>268</v>
+      </c>
+      <c r="J94" t="s">
+        <v>269</v>
+      </c>
+      <c r="K94" t="s">
         <v>270</v>
       </c>
-      <c r="J94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N94">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="O94" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" s="1">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B95" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="J95" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="K95" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="N95">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="O95" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" s="1">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="B96" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="J96" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="K96" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="N96">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="O96" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" s="1">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="B97" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="J97" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="K97" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="N97">
         <v>2016</v>
       </c>
       <c r="O97" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" s="1">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B98" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="J98" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="K98" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="N98">
         <v>2016</v>
       </c>
       <c r="O98" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" s="1">
-        <v>59</v>
+        <v>30</v>
       </c>
       <c r="B99" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="J99" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="K99" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="N99">
         <v>2016</v>
       </c>
       <c r="O99" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" s="1">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="B100" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>289</v>
+        <v>285</v>
+      </c>
+      <c r="J100" t="s">
+        <v>286</v>
       </c>
       <c r="K100" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="N100">
         <v>2016</v>
       </c>
       <c r="O100" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" s="1">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="B101" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="J101" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="K101" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="N101">
         <v>2016</v>
       </c>
       <c r="O101" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" s="1">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B102" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="J102" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="K102" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="N102">
         <v>2016</v>
       </c>
       <c r="O102" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" s="1">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="B103" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="J103" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="K103" t="s">
         <v>296</v>
       </c>
       <c r="N103">
         <v>2016</v>
       </c>
       <c r="O103" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" s="1">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B104" t="s">
+        <v>297</v>
+      </c>
+      <c r="I104" t="s">
+        <v>298</v>
+      </c>
+      <c r="K104" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>301</v>
       </c>
       <c r="N104">
         <v>2016</v>
       </c>
       <c r="O104" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" s="1">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="B105" t="s">
+        <v>300</v>
+      </c>
+      <c r="J105" t="s">
+        <v>301</v>
+      </c>
+      <c r="K105" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="N105">
         <v>2016</v>
       </c>
       <c r="O105" t="s">
-        <v>102</v>
+        <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" s="1">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B106" t="s">
+        <v>303</v>
+      </c>
+      <c r="J106" t="s">
+        <v>304</v>
+      </c>
+      <c r="K106" t="s">
         <v>305</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="N106">
         <v>2016</v>
       </c>
       <c r="O106" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" s="1">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B107" t="s">
+        <v>306</v>
+      </c>
+      <c r="J107" t="s">
         <v>307</v>
       </c>
-      <c r="I107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K107" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N107">
         <v>2016</v>
       </c>
       <c r="O107" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" s="1">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="B108" t="s">
+        <v>308</v>
+      </c>
+      <c r="J108" t="s">
         <v>309</v>
       </c>
-      <c r="J108" t="s">
+      <c r="K108" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="N108">
         <v>2016</v>
       </c>
       <c r="O108" t="s">
-        <v>19</v>
+        <v>111</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B109" t="s">
         <v>311</v>
       </c>
       <c r="J109" t="s">
         <v>312</v>
       </c>
       <c r="K109" t="s">
         <v>313</v>
       </c>
       <c r="N109">
         <v>2016</v>
       </c>
       <c r="O109" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" s="1">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="B110" t="s">
         <v>314</v>
       </c>
       <c r="J110" t="s">
         <v>315</v>
       </c>
       <c r="K110" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="N110">
         <v>2016</v>
       </c>
       <c r="O110" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" s="1">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="B111" t="s">
+        <v>316</v>
+      </c>
+      <c r="I111" t="s">
         <v>317</v>
       </c>
-      <c r="J111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K111" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="N111">
         <v>2016</v>
       </c>
       <c r="O111" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" s="1">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="B112" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="J112" t="s">
-        <v>245</v>
+        <v>319</v>
       </c>
       <c r="K112" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="N112">
         <v>2016</v>
       </c>
       <c r="O112" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" s="1">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B113" t="s">
+        <v>320</v>
+      </c>
+      <c r="J113" t="s">
         <v>321</v>
       </c>
-      <c r="J113" t="s">
+      <c r="K113" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="N113">
         <v>2016</v>
       </c>
       <c r="O113" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" s="1">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="B114" t="s">
+        <v>323</v>
+      </c>
+      <c r="J114" t="s">
         <v>324</v>
       </c>
-      <c r="J114" t="s">
+      <c r="K114" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="N114">
         <v>2016</v>
       </c>
       <c r="O114" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" s="1">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="B115" t="s">
+        <v>326</v>
+      </c>
+      <c r="J115" t="s">
         <v>327</v>
       </c>
-      <c r="J115" t="s">
+      <c r="K115" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="N115">
         <v>2016</v>
       </c>
       <c r="O115" t="s">
-        <v>19</v>
+        <v>111</v>
       </c>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" s="1">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="B116" t="s">
         <v>329</v>
       </c>
       <c r="J116" t="s">
-        <v>330</v>
+        <v>254</v>
       </c>
       <c r="K116" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="N116">
         <v>2016</v>
       </c>
       <c r="O116" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" s="1">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B117" t="s">
+        <v>330</v>
+      </c>
+      <c r="J117" t="s">
         <v>331</v>
       </c>
-      <c r="J117" t="s">
+      <c r="K117" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="N117">
         <v>2016</v>
       </c>
       <c r="O117" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B118" t="s">
+        <v>333</v>
+      </c>
+      <c r="J118" t="s">
         <v>334</v>
       </c>
-      <c r="J118" t="s">
+      <c r="K118" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="N118">
         <v>2016</v>
       </c>
       <c r="O118" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" s="1">
-        <v>56</v>
+        <v>83</v>
       </c>
       <c r="B119" t="s">
         <v>336</v>
       </c>
       <c r="J119" t="s">
         <v>337</v>
       </c>
       <c r="K119" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="N119">
         <v>2016</v>
       </c>
       <c r="O119" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" s="1">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B120" t="s">
+        <v>338</v>
+      </c>
+      <c r="J120" t="s">
         <v>339</v>
       </c>
-      <c r="J120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K120" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="N120">
         <v>2016</v>
       </c>
       <c r="O120" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" s="1">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="B121" t="s">
+        <v>340</v>
+      </c>
+      <c r="J121" t="s">
+        <v>341</v>
+      </c>
+      <c r="K121" t="s">
         <v>342</v>
-      </c>
-[...4 lines deleted...]
-        <v>344</v>
       </c>
       <c r="N121">
         <v>2016</v>
       </c>
       <c r="O121" t="s">
-        <v>19</v>
+        <v>111</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B122" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="J122" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="K122" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="N122">
         <v>2016</v>
       </c>
       <c r="O122" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" s="1">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B123" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="J123" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="K123" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="N123">
         <v>2016</v>
       </c>
       <c r="O123" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" s="1">
-        <v>54</v>
+        <v>81</v>
       </c>
       <c r="B124" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="J124" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="K124" t="s">
         <v>350</v>
       </c>
       <c r="N124">
         <v>2016</v>
       </c>
       <c r="O124" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" s="1">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="B125" t="s">
+        <v>351</v>
+      </c>
+      <c r="J125" t="s">
+        <v>352</v>
+      </c>
+      <c r="K125" t="s">
         <v>353</v>
-      </c>
-[...4 lines deleted...]
-        <v>350</v>
       </c>
       <c r="N125">
         <v>2016</v>
       </c>
       <c r="O125" t="s">
-        <v>71</v>
+        <v>19</v>
+      </c>
+    </row>
+    <row r="126" spans="1:26">
+      <c r="A126" s="1">
+        <v>15</v>
+      </c>
+      <c r="B126" t="s">
+        <v>354</v>
+      </c>
+      <c r="J126" t="s">
+        <v>355</v>
+      </c>
+      <c r="K126" t="s">
+        <v>356</v>
+      </c>
+      <c r="N126">
+        <v>2016</v>
+      </c>
+      <c r="O126" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="127" spans="1:26">
+      <c r="A127" s="1">
+        <v>53</v>
+      </c>
+      <c r="B127" t="s">
+        <v>357</v>
+      </c>
+      <c r="J127" t="s">
+        <v>358</v>
+      </c>
+      <c r="K127" t="s">
+        <v>359</v>
+      </c>
+      <c r="N127">
+        <v>2016</v>
+      </c>
+      <c r="O127" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="128" spans="1:26">
+      <c r="A128" s="1">
+        <v>54</v>
+      </c>
+      <c r="B128" t="s">
+        <v>360</v>
+      </c>
+      <c r="J128" t="s">
+        <v>361</v>
+      </c>
+      <c r="K128" t="s">
+        <v>359</v>
+      </c>
+      <c r="N128">
+        <v>2016</v>
+      </c>
+      <c r="O128" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="129" spans="1:26">
+      <c r="A129" s="1">
+        <v>55</v>
+      </c>
+      <c r="B129" t="s">
+        <v>362</v>
+      </c>
+      <c r="J129" t="s">
+        <v>363</v>
+      </c>
+      <c r="K129" t="s">
+        <v>359</v>
+      </c>
+      <c r="N129">
+        <v>2016</v>
+      </c>
+      <c r="O129" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">